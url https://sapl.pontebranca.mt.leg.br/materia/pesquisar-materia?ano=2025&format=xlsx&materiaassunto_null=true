--- v0 (2026-01-25)
+++ v1 (2026-03-26)
@@ -54,1248 +54,1248 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Everaldo Miguel Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_002-2025_construcao_de_1uma_pequena_ponte_no_corrego_do_mato_-_ver._everaldo_nogueira.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_002-2025_construcao_de_1uma_pequena_ponte_no_corrego_do_mato_-_ver._everaldo_nogueira.pdf</t>
   </si>
   <si>
     <t>INDICO, para providências no sentido de “Construção de 1 (uma) _x000D_
 pequena ponte no Córrego do Mato”, para servir às propriedades do Senhor _x000D_
 Erondino e do Senhor Élcio, no Município de Ponte Branca/MT.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_no_003-2025_colocacao_de_um_tubo_de_metal_-_ver._everaldo_nogueira.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_no_003-2025_colocacao_de_um_tubo_de_metal_-_ver._everaldo_nogueira.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Chefe do Poder Executivo Municipal, Senhor Clayton _x000D_
 Parreira da Silva, para providências no sentido de “Substituir uma pequena ponte _x000D_
 de madeira estreita por de 1(um) tubo de metal”, que tenha maior espaço para _x000D_
 transitar caminhões para servir à propriedade do Senhor Luiz Carlos Lucena, no _x000D_
 Município de Ponte Branca/MT.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Nei Ronan da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no_004-2025_faixa_de_pedestre_sobre_o_quebra-molas_escola_pingo_de_gente_-_ver._nei_ronan.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no_004-2025_faixa_de_pedestre_sobre_o_quebra-molas_escola_pingo_de_gente_-_ver._nei_ronan.pdf</t>
   </si>
   <si>
     <t>Ana é advogada e acaba de dar à luz seu primeiro filho, a quem _x000D_
 ainda amamenta. Ela foi cientificada de que a Sexta Câmara Cível _x000D_
 deverá julgar um caso em que é uma das advogadas constituídas _x000D_
 pelo recorrente.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no_005-2025_construcao_de_redutor_de_velocidade_praca_da_juventude_-_ver._nei_ronan.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no_005-2025_construcao_de_redutor_de_velocidade_praca_da_juventude_-_ver._nei_ronan.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de redutor de velocidade (quebra-molas) em frente _x000D_
 à Praça da Juventude, no Setor Vila Nova, Rua Presidente Vargas, Ponte Branca_x000D_
 MT.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_006-2025_construcao_de_acessibilidade_para_cadeirantes_igreja_congregacao_crista_-_ver._nei_ronan.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_006-2025_construcao_de_acessibilidade_para_cadeirantes_igreja_congregacao_crista_-_ver._nei_ronan.pdf</t>
   </si>
   <si>
     <t>Construção e/ou adequação de acessibilidade para cadeirantes em _x000D_
 frente à Igreja Congregação Cristã, localizada na Rua Visconde do Rio Branco, _x000D_
 Setor Vila Nova, Ponte Branca - MT.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Elita Santina da Silva</t>
-[...2 lines deleted...]
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_007-2025_instalacao_de_lixeiras_na_pista_de_caminhada_e_no_cristo_-_ver._elica_santina.pdf</t>
+    <t>Élica Santina da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_007-2025_instalacao_de_lixeiras_na_pista_de_caminhada_e_no_cristo_-_ver._elica_santina.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a instalação de lixeiras na pista de caminhada da Rua Valdemar _x000D_
 Cunha e no monumento do Cristo, localizado na entrada/saída do município, _x000D_
 sentido MT-100, Ponte Branca-MT.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_no_008-2025_incentivo_para_modalidades_esportivas_alem_do_futebol_-_ver._elica_santina.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_no_008-2025_incentivo_para_modalidades_esportivas_alem_do_futebol_-_ver._elica_santina.pdf</t>
   </si>
   <si>
     <t>1. Ampliar a divulgação, o incentivo e o apoio logístico, técnico e financeiro a _x000D_
 outras modalidades esportivas existentes no Município, além do futebol, _x000D_
 promovendo competições e eventos de iniciação esportiva;</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_no_009-2025_1a_corrida_de_rua_n._s._aparecida_-_ver._elica_santina.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_no_009-2025_1a_corrida_de_rua_n._s._aparecida_-_ver._elica_santina.pdf</t>
   </si>
   <si>
     <t>Indico a realização da 1ª (Primeira) Corrida de _x000D_
 Rua Nossa Senhora Aparecida do Município de Ponte Branca – MT, a ser _x000D_
 realizada na data de 12 de outubro de 2025.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Clodoaldo Rodrigues Domingos, Daniel Batista Moreira, Elita Santina da Silva, Everaldo Miguel Nogueira, Itamarair Soares Pires, Jorge Rodrigues Oliveira, Marcio Matos Gama, Nei Ronan da Silva, Wanderley Felizardo de Oliveira</t>
-[...2 lines deleted...]
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf</t>
+    <t>Clodoaldo Rodrigues Domingos, Daniel Batista Moreira, Élica Santina da Silva, Everaldo Miguel Nogueira, Itamarair Soares Pires, Jorge Rodrigues Oliveira, Marcio Matos Gama, Nei Ronan da Silva, Wanderley Felizardo de Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de _x000D_
 Saúde, a criação de um Projeto de Lei Municipal para fornecimento gratuito do _x000D_
 medicamento Mounjaro (princípio ativo: tirzepatida), no Município de Ponte Branca-MT.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marcio Matos Gama</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Itamarair Soares Pires</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_001-2025_vereadores_everaldo_nogueira_e__itamarair_soares_-_lista_motoristas.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_001-2025_vereadores_everaldo_nogueira_e__itamarair_soares_-_lista_motoristas.pdf</t>
   </si>
   <si>
     <t>1 – Requer informação referente de quem está lotado atualmente nos cargos de _x000D_
 Motorista e Operador de Máquinas, efetivos e contratados na Prefeitura Municipal, _x000D_
 com uma lista de nomes e categoria da habilitação nas seguintes Secretarias: _x000D_
 Secretaria de Saúde, CRAS, Secretaria de Educação, Secretaria de Esportes, _x000D_
 Secretaria de Transportes e Obras e, outrora, eventual Secretaria que não foi _x000D_
 citada neste documento.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_002-2025_todos_vereadoresa_-_licitacao_tirentulho.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_002-2025_todos_vereadoresa_-_licitacao_tirentulho.pdf</t>
   </si>
   <si>
     <t>1 – Requer informações e cópia de toda documentação referente ao processo _x000D_
 licitatório que deu origem ao contrato nº 14/2025, tendo como contratada a _x000D_
 empresa TIRENTULHO PAPA TUDO LTDA, inscrita no CNPJ sob o nº _x000D_
 03.430.621/0001-01, e contratante o Município de Ponte Branca – MT”.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no_003-2025_ver._everaldo_nogueira_-_contrato_dr._gustavo.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no_003-2025_ver._everaldo_nogueira_-_contrato_dr._gustavo.pdf</t>
   </si>
   <si>
     <t>1 – Solicito cópia integral do contrato firmado entre a CONTRATANTE: Prefeitura _x000D_
 Municipal de Ponte Branca – MT e o CONTRATADO: Sebastião Gustavo _x000D_
 Primo Parreira – Sociedade Individual de Advocacia, inscrito no CNPJ sob o nº _x000D_
 30.129.858/0001-11.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no_004-2025_ver._everaldo_nogueira_-_fundo_da_infancia_e_adolescencia.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no_004-2025_ver._everaldo_nogueira_-_fundo_da_infancia_e_adolescencia.pdf</t>
   </si>
   <si>
     <t>1 – Requer informações sobre o funcionamento e gestão do FIA (Fundo da Infância _x000D_
 e Adolescência) e CMDCA (Conselho Municipal dos Direitos da Criança e do _x000D_
 Adolescente) do Município de Ponte Branca-MT.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_005-2025_elica_santina_-_projeto_de_lei_no_957-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_005-2025_elica_santina_-_projeto_de_lei_no_957-2025.pdf</t>
   </si>
   <si>
     <t>1 – Requer informações adicionais sobre o Projeto de Lei Nº 957/2025, que _x000D_
 “Autoriza o Poder Executivo Municipal a celebrar convênio com a Associação _x000D_
 Beneficente Santinha Campos – Lar Antonieta Rocha, visando o acolhimento _x000D_
 de idosos do Município de Ponte Branca – MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no_006-2025_ver._everaldo_nogueira_-_coordenadoria_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no_006-2025_ver._everaldo_nogueira_-_coordenadoria_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a existência ou não da coordenadoria de _x000D_
 VIGILÂNCIA SANITÁRIA do Município de Ponte Branca-MT.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_007-2025_ver._elica_santina_-_epis_aos_servidores.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_007-2025_ver._elica_santina_-_epis_aos_servidores.pdf</t>
   </si>
   <si>
     <t>solicitando as seguintes informações:  _x000D_
  _x000D_
 1. Quais Equipamentos de Proteção Individual (EPIs) são atualmente _x000D_
 disponibilizados aos servidores municipais que desempenham atividades com _x000D_
 risco à saúde e à segurança? _x000D_
 2. Existe controle, registro ou plano de fornecimento regular de EPIs aos _x000D_
 servidores? _x000D_
 3. Há treinamento e orientação sobre o uso correto desses equipamentos? _x000D_
 4. No caso específico do Departamento de Água e Esgoto (DAE), por qual _x000D_
 motivo os servidores não estão utilizando os EPIs necessários para o manuseio de _x000D_
 produtos químicos, como o hipoclorito de sódio? _x000D_
 5. A ausência de EPIs no DAE decorre da falta de fornecimento por parte da _x000D_
 administração municipal ou da não utilização pelos servidores, mesmo havendo _x000D_
 equipamentos disponíveis?</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_008-2025_ver._elica_santina_-_contratacao_de_mais_01_assistente_social.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_008-2025_ver._elica_santina_-_contratacao_de_mais_01_assistente_social.pdf</t>
   </si>
   <si>
     <t>Requerimento de _x000D_
 Informações, solicitando esclarecimentos acerca da ausência de contratação de _x000D_
 mais uma profissional Assistente Social para atuar no município. _x000D_
  _x000D_
 Atualmente, contamos com apenas uma Assistente Social responsável por _x000D_
 atender toda a comunidade, situação que tem gerado sobrecarga de trabalho e, _x000D_
 consequentemente, comprometido a qualidade do atendimento prestado. _x000D_
 Essa realidade se torna ainda mais preocupante diante do elevado número de _x000D_
 idosos residentes em nosso município, muitos dos quais vivem em situação de _x000D_
 vulnerabilidade e não dispõem do amparo da família, dependendo diretamente _x000D_
 da assistência social oferecida pelo poder público.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_009-2025_ver._everaldo_nogueira_-_contrato_av._beira_rio.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_009-2025_ver._everaldo_nogueira_-_contrato_av._beira_rio.pdf</t>
   </si>
   <si>
     <t>1 – Requer informações e cópia integral do Convênio/contrato de prestação de _x000D_
 serviços da empresa responsável pela construção da Avenida Beira Rio no _x000D_
 Município de Ponte Branca-MT.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_010-2025_ver._elica_santina_-_cobranca_das_lixeiras_pista_caminhada.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_010-2025_ver._elica_santina_-_cobranca_das_lixeiras_pista_caminhada.pdf</t>
   </si>
   <si>
     <t>1 – Requer informações sobre as instalações das lixeiras ao longo da pista de _x000D_
 caminhada até o Cristo, conforme solicitada na Indicação nº 007/2025, aprovada em _x000D_
 Plenário. _x000D_
 2 – Há uma data/previsão de data para as instalações das lixeiras? _x000D_
 Gostaríamos de salientar que nossa cobrança para a realização deste serviço se dá _x000D_
 ao aumento de lixos por toda a pista e nas proximidades dos pastos. Diariamente, _x000D_
 vemos animais/gado convivendo ao lado de muitas sacolas de lixo e estas, se _x000D_
 consumidas por eles, podem levar o animal à morte e prejudicar a renda do pequeno _x000D_
 produtor que tem suas terras lado a lado com a pista. Além, é claro, de prejudicar o _x000D_
 meio ambiente como um todo. Desta forma, solicitamos que seja feita, com a _x000D_
 máxima urgência, se possível, as instalações das lixeiras ao longo da pista de _x000D_
 caminhada na entrada da cidade, no Município de Ponte Branca-MT.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_no_011-2025_ver._nei_ronan_-_iluminacao_publica_da_rua_tereza_dutra.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_no_011-2025_ver._nei_ronan_-_iluminacao_publica_da_rua_tereza_dutra.pdf</t>
   </si>
   <si>
     <t>Requerimento de Informações ao Chefe do Poder Executivo _x000D_
 Municipal de Ponte Branca/MT, Senhor CLAYTON PARREIRA DA SILVA, _x000D_
 conforme segue: _x000D_
 1 – Requer informações sobre a iluminação pública da Rua Tereza Dutra, em _x000D_
 frente ao Supermercado Queiroz, de propriedade do senhor Osmar, onde foi _x000D_
 realizada recentemente a ampliação da rede elétrica.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_012-2025_ver._elica_santina_-_coordenadorias_e_secretarias_da_administracao_municipal.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_012-2025_ver._elica_santina_-_coordenadorias_e_secretarias_da_administracao_municipal.pdf</t>
   </si>
   <si>
     <t>1 - Solicito que sejam fornecidas as seguintes informações: _x000D_
  Quantas coordenadorias e secretarias existem no Poder Executivo Municipal? _x000D_
  Quais são as áreas de atuação de cada uma delas? _x000D_
  Qual é a estrutura organizacional de cada coordenadoria e secretaria? _x000D_
 Tal Requerimento de Informações se faz necessário para compreendermos melhor _x000D_
 como as políticas públicas são implementadas e como os recursos são alocados em _x000D_
 nossa cidade. Para além disso, essas informações são de fundamental importância _x000D_
 para que possamos exercer nosso papel de fiscalização e controle da administração _x000D_
 municipal de forma mais eficiente e eficaz.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_aplausos_no_001-2025_-_ver._everaldo_nogueira.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_aplausos_no_001-2025_-_ver._everaldo_nogueira.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A SECRETÁRIA DE SAÚDE REIGIELE PARREIRA _x000D_
 NASCIMENTO, AOS PROFISSIONAIS DA UBS JURANIR MARTINS, EM ESPECIAL AOS 5 _x000D_
 (cinco) ACSs, A COORDENADORA E ENFERMEIRA E A TODA A EQUIPE QUE FAZ _x000D_
 PARTE DA UBS DO MUNICÍPIO DE PONTE BRANCA-MT.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para Todos os Profissionais e Funcionários(as) da Secretaria _x000D_
 Municipal de Educação de Ponte Branca - MT.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/28/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/28/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO 15º BATALHÃO DE POLICIA MILITAR DO _x000D_
 MUNICÍPIO DE PONTE BRANCA/MT, EM ESPECIAL, O 3º SGT PM NADIR FERREIRA DE _x000D_
 OLIVEIRA, 3º SGT PM DHANGELLO ALMEIDA MORAES SOUSA E CB PM CLEITON _x000D_
 DOURADO DA SILVA.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_aplausos_no_005-2025_-_reconhecimento_juiz_jorge_correia_da_silva_junior_-_ver._elica_santina.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_aplausos_no_005-2025_-_reconhecimento_juiz_jorge_correia_da_silva_junior_-_ver._elica_santina.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR JORGE CORREIA DA SILVA _x000D_
 JÚNIOR.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Daniel Batista Moreira</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_aplausos_no_004-2025_-_ver._daniel_moreira.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_aplausos_no_004-2025_-_ver._daniel_moreira.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ULE – UNIDADE DE EXECUÇÃO LOCAL DO _x000D_
 INDEA/MT – INSTITUTO DE DEFESA AGROPECUÁRIA DE MATO GROSSO.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária ( Origem Executivo)</t>
   </si>
   <si>
     <t>Clayton Parreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_n_924-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_n_924-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de lei n 924</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n_925-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n_925-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº _x000D_
 925/2025, que “Estabelece a correção anual dos subsídios dos Profissionais da _x000D_
 Educação, atualiza tabela de profissionais da educação profissionalizados e dá _x000D_
 outras providências”.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_926-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_926-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 926/2025, _x000D_
 que “Dispõe sobre o reajuste dos vencimentos dos servidores municipais e dá outras _x000D_
 providências”.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_927-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_927-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 927/2025, _x000D_
 que “Dispõe sobre o reajuste dos vencimentos dos Agentes Comunitários de Saúde e _x000D_
 Agentes de Combate a Endemias e dá outras providências”.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_928-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_928-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 345/2006 E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_n_929-2025_1.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_n_929-2025_1.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE PONTE BRANCA - MT _x000D_
 A IMPLANTAR PROJETO DE EFICIÊNCIA _x000D_
 ENERGÉTICA AO CONTRATAR O BANCO DO _x000D_
 BRASIL ATRAVÉS DE OPERAÇÃO DE CRÉDITO _x000D_
 PARA PLANEJAMENTO, PROJETO E AQUISIÇÃO _x000D_
 DE USINA DE GERAÇÃO DE ENERGIA _x000D_
 FOTOVOLTAICA PARA ATENDER A TODAS AS _x000D_
 UNIDADES _x000D_
 CONSUMIDORAS VINCULADAS _x000D_
 DIRETA OU INDIRETAMENTE AO MUNICÍPIO E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n_930-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n_930-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 892 DE 03 DE DEZEMBRO DE _x000D_
 2024 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_n_931-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_n_931-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 598/2017 DE 14 DE AGOSTO DE _x000D_
 2017 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_n_932-2025_1.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_n_932-2025_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO _x000D_
 DETERMINADO PARA ATENDER A NECESSIDADE _x000D_
 TEMPORÁRIA DE EXCEPCIONAL INTERESSE _x000D_
 PÚBLICO, NOS TERMOS DO INCISO IX, DO _x000D_
 ARTIGO 37, DA CONSTITUIÇÃO FEDERAL.”</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_n_933-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_n_933-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº _x000D_
 933/2025, que “Dispõe sobre alteração dos subsídios dos membros do Conselho _x000D_
 Tutelar e dá outras providências”.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_934-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_934-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº _x000D_
 934/2025, que “Dispõe sobre a alteração e criação de cargos comissionados no _x000D_
 âmbito do Poder Executivo de Ponte Branca - MT e dá outras providências”.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/</t>
   </si>
   <si>
     <t>“Autoriza a doação de veículo à Câmara Municipal de Ponte Branca - _x000D_
 MT, e dá outras providências.”</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_no_936-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_no_936-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica alterado o art. 6º da Lei nº. 858, de 01 de Março de 2024, que passa a _x000D_
 vigorar com a seguinte redação: _x000D_
 Art. 6º. Na assinatura do Termo de Compromisso assinado entre _x000D_
 as partes avençadas, em regime de Parceria, caberá a cada uma _x000D_
 delas o seguinte: _x000D_
 I - DO MUNICÍPIO: _x000D_
 a) Realizar o levantamento técnico e elaborar o projeto dos _x000D_
 passeios públicos/calçadas, melhorias de benfeitorias a serem _x000D_
 contemplados com o investimento, sempre que tecnicamente for _x000D_
 necessário; _x000D_
 b) Proceder aos serviços de transporte dos materiais de _x000D_
 competência da Municipalidade; _x000D_
 c) Proceder a doação do Kit básico contendo pedras, areia, _x000D_
 brita, cimento ou concreto usinado para a execução do _x000D_
 PROGRAMA CALÇADA PARA TODOS. _x000D_
 d) Proceder toda a orientação técnica quando da execução do _x000D_
 projeto, quando este existir.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>“Disciplina as condições de retirada de _x000D_
 entulho, _x000D_
 provenientes de construções, _x000D_
 reformas e outras obras no Município de _x000D_
 Ponte Branca e dá outras providências.”</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_938-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_938-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do Programa de _x000D_
 Recuperação de Créditos – REFIS do Município _x000D_
 de Ponte Branca - MT para o exercício de 2025 _x000D_
 e dá outras providências.”</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_939-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_939-2025.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o e saúdo a V. Senhoria, e cumpre-me através do presente_x000D_
 encaminhar a esta Augusta Casa de Leis, o Projeto de Lei nº 939/2025 “referente_x000D_
 Autorização de Abertura de Credito Adicional Especial no orçamento corrente, e_x000D_
 inclusão de metas, ações e Programas no PPA 2022/2025 e LDO/2025,”</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_n_940-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_n_940-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A DESAPROPRIAÇÃO PARCIAL _x000D_
 DE UM LOTE DE TERRAS LOCALIZADO NA _x000D_
 ZONA URBANA DE PONTE BRANCA – MT E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no941-25.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no941-25.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A AUTORIZAÇÃO PARA O _x000D_
 MUNICÍPIO DE PONTE BRANCA - MT RECEBER E _x000D_
 DOAR CELULARES PROVENIENTES DA RECEITA _x000D_
 FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_no942-25.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_no942-25.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE PONTE BRANCA - MT _x000D_
 A CONCEDER PREMIAÇÃO EM DINHEIRO PARA _x000D_
 CAMPEONATOS, TORNEIOS, CONCURSOS, _x000D_
 CAMPANHAS, COMEMORAÇÕES E DEMAIS _x000D_
 EVENTOS REALIZADOS PELO MUNICÍPIO, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_no943-25.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_no943-25.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº _x000D_
 943/2025, que “Dispõe sobre a alteração e criação de cargos comissionados no _x000D_
 âmbito do Poder Executivo de Ponte Branca - MT e dá outras providências”.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no944-25.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no944-25.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA MUNICIPAL DE _x000D_
 GESTÃO DOCUMENTAL E ARQUIVÍSTICA E INSTITUI _x000D_
 A TABELA DE TEMPORALIDADE DE DOCUMENTOS _x000D_
 PÚBLICOS DA ADMINISTRAÇÃO MUNICIPAL”.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no946-25.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no946-25.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei _x000D_
 nº946/2025, que “Autoriza o Poder Executivo Municipal a reajustar os subsídios _x000D_
 dos Profissionais do Magistério da Educação Básica e dá outras providências”.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no947-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no947-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº947/2025, _x000D_
 em anexo. Na oportunidade solicitamos os Nobres Vereadores que analisem o _x000D_
 Projeto de Lei nº.947/2025, que “DISPÕE SOBRE A ABERTURA DE _x000D_
 CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DESPESAS, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/102/pl_948-2025_digitalizado_completo_-__artigo_38_paragrafo_unico_alterado_15.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/102/pl_948-2025_digitalizado_completo_-__artigo_38_paragrafo_unico_alterado_15.pdf</t>
   </si>
   <si>
     <t>PROJETO 948</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_no949-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_no949-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração de dispositivos _x000D_
 da Lei Municipal n° 884/2024, e dá outras _x000D_
 providências”.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_no950-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_no950-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei _x000D_
 nº950/2025, que dispõe sobre a “Autorização de Abertura de Credito Adicional _x000D_
 Especial no orçamento corrente, e inclusão de metas, ações e Programas no _x000D_
 PPA/2025 e LDO/2025, e dá outras providencias”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_no_951-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_no_951-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº _x000D_
 951/2025, de 09 de Julho de 2025.  _x000D_
 Importante ressaltar que o projeto a ser apreciado e votado é de _x000D_
 suma importância, a qual depende exclusivamente da aprovação por parte dos _x000D_
 Vereadores que compõem esta casa legislativa, pois trata de matéria que amplia o _x000D_
 limite de autorização para abertura de Créditos Adicionais Suplementares para _x000D_
 mais 20% (vinte por cento), para reforço de dotações insuficientes da execução _x000D_
 orçamentária do corrente ano.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_no_952-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_no_952-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO FUNDO _x000D_
 MUNICIPAL DE EDUCAÇÃO – FME NO _x000D_
 ÂMBITO DO MUNICÍPIO DE PONTE BRANCA – MT E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_no_953-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_no_953-2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a conceder Auxílio _x000D_
 Financeiro à Paroquia Senhor Bom Jesus e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_954-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_954-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº _x000D_
 345/2006, QUE DISPÕE SOBRE O ESTATUTO E _x000D_
 PLANO DE CARREIRA DOS PROFISSIONAIS DA _x000D_
 EDUCAÇÃO BÁSICA DO MUNICÍPIO DE PONTE _x000D_
 BRANCA – MT, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no_955-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no_955-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 820, DE 08 DE _x000D_
 DEZEMBRO DE 2022 E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_no_956-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_no_956-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 922, DE 16 DE _x000D_
 ABRIL DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_957-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_957-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A _x000D_
 CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO _x000D_
 BENEFICENTE SANTINHA CAMPOS – LAR _x000D_
 ANTONIETA ROCHA, VISANDO O ACOLHIMENTO DE _x000D_
 IDOSOS DO MUNICÍPIO DE PONTE BRANCA – MT, E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_958-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_958-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE _x000D_
 SOBRE _x000D_
 AS _x000D_
 COMPETÊNCIAS, _x000D_
 COMPOSIÇÃO E ESTRUTURA DO CONSELHO _x000D_
 MUNICIPAL DE CULTURA DE PONTE BRANCA - _x000D_
 MT, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_961-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_961-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 961</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_962-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_962-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>PROJETO 962</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no_964-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no_964-2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a locar _x000D_
 ônibus para o transporte de pessoas residentes em _x000D_
 Cuiabá – MT e região, com destino ao Município de _x000D_
 Ponte Branca – MT, ida e volta, para participação na _x000D_
 Festa dos Filhos de Ponte Branca, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no_965-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no_965-2025.pdf</t>
   </si>
   <si>
     <t>Cumpre-me por meio do presente encaminhar a esta Augusta Casa de _x000D_
 Leis, o Projeto de Lei Municipal n.º965, de 24 de Setembro de 2025 – que “altera a _x000D_
 redação da Lei Municipal n.º 323, de 24 de agosto de 2004, que Reestrutura o _x000D_
 Regime Próprio de Previdência Social do Município de Ponte Branca/MT e, dá _x000D_
 outras providências” – para a devida apreciação e deliberação pelo soberano _x000D_
 plenário deste parlamento.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_no_966-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_no_966-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal n.º966, de 24 de Setembro de 2025 – que _x000D_
 “Dispõe sobre a regulamentação do pagamento de diárias aos membros do _x000D_
 Conselho Previdenciário e Comitê de Investimento do Fundo Municipal de _x000D_
 Previdência Social do Município de Ponte Branca/MT- IMPBRAN” – para a _x000D_
 devida apreciação e deliberação pelo soberano plenário deste parlamento.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_no_967-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_no_967-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio financeiro a _x000D_
 atletas e equipes esportivas que representem o _x000D_
 Município de Ponte Branca em torneios e _x000D_
 competições fora do território municipal e dá _x000D_
 outras providências”</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_no_968-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_no_968-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do cargo de _x000D_
 Coordenador de Vigilância Sanitária no _x000D_
 âmbito do Poder Executivo do Município de _x000D_
 Ponte Branca – MT e dá outras _x000D_
 providências”.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_969-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_969-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº969/2025 que autoriza o Poder Executivo a abrir crédito _x000D_
 adicional especial por excesso de arrecadação, no valor de R$ 332.125,00 _x000D_
 (trezentos e trinta e dois mil, cento e vinte e cinco reais), e dá outras providências. _x000D_
 A presente proposição tem por finalidade incluir no orçamento vigente _x000D_
 dotação orçamentária necessária para execução de recursos oriundos de _x000D_
 Emenda Parlamentar de Bancada do Estado de Mato Grosso, destinados à área _x000D_
 da Saúde, especificamente para Incremento Temporário ao Custeio dos _x000D_
 Serviços de Atenção Primária à Saúde (APS), visando o cumprimento de metas _x000D_
 e a melhoria dos serviços ofertados à população.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_970-2025_e_pareceres_aprovados.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_970-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 970/2025, de 10 de _x000D_
 outubro de 2025.  _x000D_
 Importante ressaltar que o projeto a ser apreciado e votado é de suma _x000D_
 importância, a qual depende exclusivamente da aprovação por parte dos Vereadores que _x000D_
 compõem esta casa legislativa, pois trata de matéria que amplia o limite de autorização _x000D_
 para abertura de Créditos Adicionais Suplementares para mais 10% (dez por cento), _x000D_
 para reforço de dotações insuficientes da execução orçamentária do corrente ano.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_971-2025_loa.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_971-2025_loa.pdf</t>
   </si>
   <si>
     <t>“Estima a Receita e Fixa a Despesa do _x000D_
 Município de Ponte Branca – MT para o _x000D_
 Exercício de 2026, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no_972-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no_972-2025.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei Municipal nº 469/2012 e denomina o _x000D_
 Centro Municipal de Educação Infantil – CEMEI _x000D_
 Pingo de Gente, e dá outras providências.”</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária ( Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no_001-2025_verba_indenizatoria.doc_pdf.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no_001-2025_verba_indenizatoria.doc_pdf.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Verba de Natureza _x000D_
 Indenizatória pelo exercício da atividade _x000D_
 Parlamentar e dá outras providências”.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_002-2025_doacao_de_veiculo_spin.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_002-2025_doacao_de_veiculo_spin.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Autorização para Doação _x000D_
 de veículo à Prefeitura Municipal de Ponte _x000D_
 Branca – MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>Daniel Batista Moreira, Elita Santina da Silva, Nei Ronan da Silva</t>
-[...2 lines deleted...]
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_959-2025_e_pareceres_aprovados.pdf</t>
+    <t>Daniel Batista Moreira, Élica Santina da Silva, Nei Ronan da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_959-2025_e_pareceres_aprovados.pdf</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/42/emenda_modificativa_001-2025_-_projeto_de_lei_no_928-2025_-_ver._elica_santina.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/42/emenda_modificativa_001-2025_-_projeto_de_lei_no_928-2025_-_ver._elica_santina.pdf</t>
   </si>
   <si>
     <t>Ementa Modificativa: Altera o artigo 1, do Projeto de Lei Nº 928/2025.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/43/emenda_modificativa_002-2025_pl_948-2025_ldo.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/43/emenda_modificativa_002-2025_pl_948-2025_ldo.pdf</t>
   </si>
   <si>
     <t>“Emenda Modificativa ao Artigo 56°, do _x000D_
 Projeto de Lei N° 948/2025, de 11 de junho _x000D_
 de 2025.” _x000D_
  _x000D_
 Modifique-se o Artigo 56º, do Projeto de Lei N° 948 de 11 de junho de 2025, _x000D_
 passando a ter a seguinte redação:</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/44/emenda_modificativa_003-2025_projeto_de_lei_no_951-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/44/emenda_modificativa_003-2025_projeto_de_lei_no_951-2025.pdf</t>
   </si>
   <si>
     <t>“Emenda Modificativa ao Artigo 1° do _x000D_
 Projeto de Lei N° 951 de 09 de julho de _x000D_
 2025.”</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/45/emenda_modificativa_004-2025_projeto_de_lei_no_970-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/45/emenda_modificativa_004-2025_projeto_de_lei_no_970-2025.pdf</t>
   </si>
   <si>
     <t>“Emenda Modificativa ao Artigo 1° do _x000D_
 Projeto de Lei N° 970 de 10 de outubro de _x000D_
 2025.”</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/56/emenda_modificativa_005-2025_projeto_de_lei_no_972-2025.pdf</t>
+    <t>http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/56/emenda_modificativa_005-2025_projeto_de_lei_no_972-2025.pdf</t>
   </si>
   <si>
     <t>“Emenda Modificativa ao Artigo 2° do _x000D_
 Projeto de Lei N° 972 de 12 de novembro de _x000D_
 2025.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1604,68 +1604,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_002-2025_construcao_de_1uma_pequena_ponte_no_corrego_do_mato_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_no_003-2025_colocacao_de_um_tubo_de_metal_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no_004-2025_faixa_de_pedestre_sobre_o_quebra-molas_escola_pingo_de_gente_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no_005-2025_construcao_de_redutor_de_velocidade_praca_da_juventude_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_006-2025_construcao_de_acessibilidade_para_cadeirantes_igreja_congregacao_crista_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_007-2025_instalacao_de_lixeiras_na_pista_de_caminhada_e_no_cristo_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_no_008-2025_incentivo_para_modalidades_esportivas_alem_do_futebol_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_no_009-2025_1a_corrida_de_rua_n._s._aparecida_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_001-2025_vereadores_everaldo_nogueira_e__itamarair_soares_-_lista_motoristas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_002-2025_todos_vereadoresa_-_licitacao_tirentulho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no_003-2025_ver._everaldo_nogueira_-_contrato_dr._gustavo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no_004-2025_ver._everaldo_nogueira_-_fundo_da_infancia_e_adolescencia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_005-2025_elica_santina_-_projeto_de_lei_no_957-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no_006-2025_ver._everaldo_nogueira_-_coordenadoria_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_007-2025_ver._elica_santina_-_epis_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_008-2025_ver._elica_santina_-_contratacao_de_mais_01_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_009-2025_ver._everaldo_nogueira_-_contrato_av._beira_rio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_010-2025_ver._elica_santina_-_cobranca_das_lixeiras_pista_caminhada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_no_011-2025_ver._nei_ronan_-_iluminacao_publica_da_rua_tereza_dutra.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_012-2025_ver._elica_santina_-_coordenadorias_e_secretarias_da_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_aplausos_no_001-2025_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/28/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_aplausos_no_005-2025_-_reconhecimento_juiz_jorge_correia_da_silva_junior_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_aplausos_no_004-2025_-_ver._daniel_moreira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_n_924-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n_925-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_926-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_927-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_928-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_n_929-2025_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n_930-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_n_931-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_n_932-2025_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_n_933-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_934-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_no_936-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_938-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_939-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_n_940-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no941-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_no942-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_no943-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no944-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no946-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no947-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/102/pl_948-2025_digitalizado_completo_-__artigo_38_paragrafo_unico_alterado_15.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_no949-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_no950-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_no_951-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_no_952-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_no_953-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_954-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no_955-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_no_956-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_957-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_958-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_961-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_962-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no_964-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no_965-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_no_966-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_no_967-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_no_968-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_969-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_970-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_971-2025_loa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no_972-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no_001-2025_verba_indenizatoria.doc_pdf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_002-2025_doacao_de_veiculo_spin.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_959-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/42/emenda_modificativa_001-2025_-_projeto_de_lei_no_928-2025_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/43/emenda_modificativa_002-2025_pl_948-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/44/emenda_modificativa_003-2025_projeto_de_lei_no_951-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/45/emenda_modificativa_004-2025_projeto_de_lei_no_970-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/56/emenda_modificativa_005-2025_projeto_de_lei_no_972-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_002-2025_construcao_de_1uma_pequena_ponte_no_corrego_do_mato_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_no_003-2025_colocacao_de_um_tubo_de_metal_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no_004-2025_faixa_de_pedestre_sobre_o_quebra-molas_escola_pingo_de_gente_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no_005-2025_construcao_de_redutor_de_velocidade_praca_da_juventude_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_006-2025_construcao_de_acessibilidade_para_cadeirantes_igreja_congregacao_crista_-_ver._nei_ronan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_007-2025_instalacao_de_lixeiras_na_pista_de_caminhada_e_no_cristo_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_no_008-2025_incentivo_para_modalidades_esportivas_alem_do_futebol_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_no_009-2025_1a_corrida_de_rua_n._s._aparecida_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_010-2025_fornecimento_gratuito_do_medicamento_mounjaro_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_001-2025_vereadores_everaldo_nogueira_e__itamarair_soares_-_lista_motoristas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_002-2025_todos_vereadoresa_-_licitacao_tirentulho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no_003-2025_ver._everaldo_nogueira_-_contrato_dr._gustavo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no_004-2025_ver._everaldo_nogueira_-_fundo_da_infancia_e_adolescencia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_005-2025_elica_santina_-_projeto_de_lei_no_957-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no_006-2025_ver._everaldo_nogueira_-_coordenadoria_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_007-2025_ver._elica_santina_-_epis_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_008-2025_ver._elica_santina_-_contratacao_de_mais_01_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_009-2025_ver._everaldo_nogueira_-_contrato_av._beira_rio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_010-2025_ver._elica_santina_-_cobranca_das_lixeiras_pista_caminhada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_no_011-2025_ver._nei_ronan_-_iluminacao_publica_da_rua_tereza_dutra.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_012-2025_ver._elica_santina_-_coordenadorias_e_secretarias_da_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_aplausos_no_001-2025_-_ver._everaldo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/28/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_de_aplausos_no_002-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_aplausos_no_003-2025_-_todos_os_vereadoresa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_aplausos_no_005-2025_-_reconhecimento_juiz_jorge_correia_da_silva_junior_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_aplausos_no_004-2025_-_ver._daniel_moreira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_n_924-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n_925-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_926-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_927-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_928-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_n_929-2025_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n_930-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_n_931-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_n_932-2025_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_n_933-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_934-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_lei_no_936-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_938-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no_939-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_n_940-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no941-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_no942-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_no943-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no944-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no946-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no947-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/102/pl_948-2025_digitalizado_completo_-__artigo_38_paragrafo_unico_alterado_15.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_no949-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_no950-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_no_951-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/77/projeto_de_lei_no_952-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_no_953-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_954-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no_955-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_no_956-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_957-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_958-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_961-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_962-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no_964-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no_965-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_no_966-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_no_967-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_no_968-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_969-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_970-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_971-2025_loa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no_972-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no_001-2025_verba_indenizatoria.doc_pdf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_002-2025_doacao_de_veiculo_spin.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_959-2025_e_pareceres_aprovados.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/42/emenda_modificativa_001-2025_-_projeto_de_lei_no_928-2025_-_ver._elica_santina.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/43/emenda_modificativa_002-2025_pl_948-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/44/emenda_modificativa_003-2025_projeto_de_lei_no_951-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/45/emenda_modificativa_004-2025_projeto_de_lei_no_970-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontebranca.mt.leg.br/media/sapl/public/materialegislativa/2025/56/emenda_modificativa_005-2025_projeto_de_lei_no_972-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="199.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="199.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="180.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="81.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>